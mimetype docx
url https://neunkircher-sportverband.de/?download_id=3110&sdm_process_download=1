--- v0 (2025-10-18)
+++ v1 (2026-02-16)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2559"/>
         <w:gridCol w:w="6727"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F27E31" w:rsidRPr="006575F9" w14:paraId="317D4480" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FF3C8B5" w14:textId="77777777" w:rsidR="00F27E31" w:rsidRPr="006575F9" w:rsidRDefault="00A954DE" w:rsidP="00F27E31">
@@ -246,51 +246,51 @@
       <w:r w:rsidR="00F00460">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF152E" w:rsidRPr="00681E5E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>an:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00BFF3CD" w14:textId="77777777" w:rsidR="0039303E" w:rsidRDefault="0039303E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EF8A490" w14:textId="5EADE450" w:rsidR="0039303E" w:rsidRDefault="0039303E">
+    <w:p w14:paraId="5EF8A490" w14:textId="6A262433" w:rsidR="0039303E" w:rsidRDefault="0039303E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00A954DE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eunkircher Sportverband e.V.</w:t>
       </w:r>
       <w:r w:rsidR="00D31119">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -338,82 +338,84 @@
         </w:rPr>
         <w:t xml:space="preserve">, 66538 </w:t>
       </w:r>
       <w:r w:rsidR="00EF152E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00EF152E" w:rsidRPr="00EF152E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eunkirchen, </w:t>
       </w:r>
       <w:r w:rsidR="00381EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E-Mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="005C5E90" w:rsidRPr="0053619B">
+        <w:r w:rsidR="00CE0146" w:rsidRPr="00345301">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>sabine.pfiffi@neunkirchen-sportverband.de</w:t>
+          <w:t>sabine.pfiffi@neunkircher-sportverband.de</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00381EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF244A3" w14:textId="77777777" w:rsidR="00381EA5" w:rsidRDefault="00381EA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03CDFEC9" w14:textId="77777777" w:rsidR="00374119" w:rsidRDefault="00374119">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2088"/>
         <w:gridCol w:w="2444"/>
         <w:gridCol w:w="12"/>
         <w:gridCol w:w="224"/>
         <w:gridCol w:w="12"/>
         <w:gridCol w:w="1818"/>
         <w:gridCol w:w="2758"/>
       </w:tblGrid>
       <w:tr w:rsidR="00544281" w:rsidRPr="00770494" w14:paraId="416C23F0" w14:textId="77777777" w:rsidTr="00537920">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10B41520" w14:textId="77777777" w:rsidR="00544281" w:rsidRPr="00770494" w:rsidRDefault="00544281">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2559,162 +2561,160 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59BDC97A" w14:textId="77777777" w:rsidR="00C31FA2" w:rsidRPr="00F54D4A" w:rsidRDefault="00C31FA2" w:rsidP="00E56A1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C31FA2" w:rsidRPr="00F54D4A" w:rsidSect="009D79C2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="1247" w:bottom="567" w:left="1247" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E8524E8" w14:textId="77777777" w:rsidR="00C41500" w:rsidRDefault="00C41500">
+    <w:p w14:paraId="0172C7CF" w14:textId="77777777" w:rsidR="00AA1801" w:rsidRDefault="00AA1801">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BFA74E8" w14:textId="77777777" w:rsidR="00C41500" w:rsidRDefault="00C41500">
+    <w:p w14:paraId="4F7BDFDE" w14:textId="77777777" w:rsidR="00AA1801" w:rsidRDefault="00AA1801">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="564B923A" w14:textId="77777777" w:rsidR="00C41500" w:rsidRDefault="00C41500">
+    <w:p w14:paraId="02CA4288" w14:textId="77777777" w:rsidR="00AA1801" w:rsidRDefault="00AA1801">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20E04653" w14:textId="77777777" w:rsidR="00C41500" w:rsidRDefault="00C41500">
+    <w:p w14:paraId="1F73B422" w14:textId="77777777" w:rsidR="00AA1801" w:rsidRDefault="00AA1801">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="120"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00172468"/>
     <w:rsid w:val="000051ED"/>
     <w:rsid w:val="00005748"/>
     <w:rsid w:val="0001297E"/>
     <w:rsid w:val="00012BA4"/>
     <w:rsid w:val="000140D7"/>
     <w:rsid w:val="00015E69"/>
     <w:rsid w:val="00016C3D"/>
     <w:rsid w:val="00017539"/>
     <w:rsid w:val="000235D2"/>
     <w:rsid w:val="000249D6"/>
     <w:rsid w:val="000255F3"/>
     <w:rsid w:val="00026D7C"/>
     <w:rsid w:val="00026E73"/>
     <w:rsid w:val="0002757C"/>
     <w:rsid w:val="00030506"/>
     <w:rsid w:val="00032FB4"/>
     <w:rsid w:val="000366C3"/>
     <w:rsid w:val="00044D67"/>
     <w:rsid w:val="00045AE3"/>
     <w:rsid w:val="0004621D"/>
     <w:rsid w:val="00047004"/>
     <w:rsid w:val="0004790C"/>
@@ -3416,50 +3416,51 @@
     <w:rsid w:val="00A427C6"/>
     <w:rsid w:val="00A44A5F"/>
     <w:rsid w:val="00A511BE"/>
     <w:rsid w:val="00A51AA1"/>
     <w:rsid w:val="00A5555D"/>
     <w:rsid w:val="00A575F3"/>
     <w:rsid w:val="00A57EE7"/>
     <w:rsid w:val="00A630F8"/>
     <w:rsid w:val="00A65BBB"/>
     <w:rsid w:val="00A7312A"/>
     <w:rsid w:val="00A76C2F"/>
     <w:rsid w:val="00A76EC6"/>
     <w:rsid w:val="00A774BB"/>
     <w:rsid w:val="00A77D93"/>
     <w:rsid w:val="00A803EB"/>
     <w:rsid w:val="00A8280C"/>
     <w:rsid w:val="00A85BEA"/>
     <w:rsid w:val="00A86E04"/>
     <w:rsid w:val="00A90FB9"/>
     <w:rsid w:val="00A91032"/>
     <w:rsid w:val="00A93771"/>
     <w:rsid w:val="00A954DE"/>
     <w:rsid w:val="00A955F8"/>
     <w:rsid w:val="00A97D66"/>
     <w:rsid w:val="00A97EFC"/>
+    <w:rsid w:val="00AA1801"/>
     <w:rsid w:val="00AA5537"/>
     <w:rsid w:val="00AB6DD0"/>
     <w:rsid w:val="00AB7CF7"/>
     <w:rsid w:val="00AC1273"/>
     <w:rsid w:val="00AC2617"/>
     <w:rsid w:val="00AD3D48"/>
     <w:rsid w:val="00AD4DC7"/>
     <w:rsid w:val="00AD50C0"/>
     <w:rsid w:val="00AE0590"/>
     <w:rsid w:val="00AE446C"/>
     <w:rsid w:val="00AE6352"/>
     <w:rsid w:val="00AF0B00"/>
     <w:rsid w:val="00AF3031"/>
     <w:rsid w:val="00B00EBE"/>
     <w:rsid w:val="00B0125C"/>
     <w:rsid w:val="00B04DD5"/>
     <w:rsid w:val="00B1078B"/>
     <w:rsid w:val="00B1080D"/>
     <w:rsid w:val="00B10B14"/>
     <w:rsid w:val="00B1203D"/>
     <w:rsid w:val="00B1589E"/>
     <w:rsid w:val="00B20CD4"/>
     <w:rsid w:val="00B2446E"/>
     <w:rsid w:val="00B262B7"/>
     <w:rsid w:val="00B26D65"/>
@@ -3555,50 +3556,51 @@
     <w:rsid w:val="00C74123"/>
     <w:rsid w:val="00C760A0"/>
     <w:rsid w:val="00C76B35"/>
     <w:rsid w:val="00C81DCC"/>
     <w:rsid w:val="00C82BD2"/>
     <w:rsid w:val="00C86D75"/>
     <w:rsid w:val="00C87269"/>
     <w:rsid w:val="00C87891"/>
     <w:rsid w:val="00C911F9"/>
     <w:rsid w:val="00C96826"/>
     <w:rsid w:val="00C97321"/>
     <w:rsid w:val="00CA3B1A"/>
     <w:rsid w:val="00CB0AF6"/>
     <w:rsid w:val="00CB5CDA"/>
     <w:rsid w:val="00CC0116"/>
     <w:rsid w:val="00CC124C"/>
     <w:rsid w:val="00CC3749"/>
     <w:rsid w:val="00CC5DAB"/>
     <w:rsid w:val="00CD0520"/>
     <w:rsid w:val="00CD239C"/>
     <w:rsid w:val="00CD3B6D"/>
     <w:rsid w:val="00CD3E28"/>
     <w:rsid w:val="00CD5C49"/>
     <w:rsid w:val="00CD70CC"/>
     <w:rsid w:val="00CE007F"/>
+    <w:rsid w:val="00CE0146"/>
     <w:rsid w:val="00CE091D"/>
     <w:rsid w:val="00CE0F6D"/>
     <w:rsid w:val="00CE164F"/>
     <w:rsid w:val="00CE1B4F"/>
     <w:rsid w:val="00CE1B55"/>
     <w:rsid w:val="00CE32DE"/>
     <w:rsid w:val="00CE3ED5"/>
     <w:rsid w:val="00CE4112"/>
     <w:rsid w:val="00CE45B7"/>
     <w:rsid w:val="00CE53CB"/>
     <w:rsid w:val="00CE7E6B"/>
     <w:rsid w:val="00CF36C0"/>
     <w:rsid w:val="00CF3B48"/>
     <w:rsid w:val="00CF4524"/>
     <w:rsid w:val="00D01E7B"/>
     <w:rsid w:val="00D0328C"/>
     <w:rsid w:val="00D03DDF"/>
     <w:rsid w:val="00D05699"/>
     <w:rsid w:val="00D06C04"/>
     <w:rsid w:val="00D06E8F"/>
     <w:rsid w:val="00D07FBA"/>
     <w:rsid w:val="00D12CFA"/>
     <w:rsid w:val="00D13248"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D16B24"/>
@@ -3819,75 +3821,75 @@
     <w:rsid w:val="00FE1B39"/>
     <w:rsid w:val="00FE1E66"/>
     <w:rsid w:val="00FE1EC9"/>
     <w:rsid w:val="00FF0A13"/>
     <w:rsid w:val="00FF0F3A"/>
     <w:rsid w:val="00FF1DB1"/>
     <w:rsid w:val="00FF244F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="61AEAD4B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7992F3BC-7C21-41C4-9787-CB2F00CAF415}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4215,55 +4217,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -4313,75 +4310,75 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="000C669D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="000C669D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00381EA5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@neunkircher-sportverband.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabine.pfiffi@neunkirchen-sportverband.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@neunkircher-sportverband.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabine.pfiffi@neunkircher-sportverband.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4607,74 +4604,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>229</Words>
-  <Characters>1443</Characters>
+  <Characters>1446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Bestandserhebung 2014</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HAG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1669</CharactersWithSpaces>
+  <CharactersWithSpaces>1672</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>196732</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@neunkircher-sportverband.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>